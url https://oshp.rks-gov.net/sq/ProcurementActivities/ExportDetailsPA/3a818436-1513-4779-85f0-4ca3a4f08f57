--- v0 (2025-10-19)
+++ v1 (2025-11-23)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6008e87ebcc4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d768caa414044848becfe5c92913822c.psmdcp" Id="Rc00b67c0f0d14628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46968fb921b489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dfea43a9220491e8fd3506c2310de58.psmdcp" Id="R353b205113374161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Aktiviteti i prokurimit20102..." sheetId="2" r:id="rId2"/>
+    <x:sheet name="Aktiviteti i prokurimit23112..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Numri Prokurimit</x:t>
   </x:si>
   <x:si>
     <x:t>Nr i Protokolit</x:t>
   </x:si>
   <x:si>
     <x:t>Autoritetet kontraktuese</x:t>
   </x:si>
   <x:si>
     <x:t>Përshkrimi i mbajtjes se seances</x:t>
   </x:si>
   <x:si>
     <x:t>Data e mbajtjes së seancës</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit me ekspertizë për AK dhe OE</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i AK</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i OE</x:t>
   </x:si>
   <x:si>
@@ -75,50 +75,53 @@
     <x:t>Çmimi i ofertës së OE të rekomanduar</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit të AK-së me ankesën</x:t>
   </x:si>
   <x:si>
     <x:t>OE Ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Operatori ekonomik ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Teksti kryesor i ankesës</x:t>
   </x:si>
   <x:si>
     <x:t>214-25-4312-5-1-1</x:t>
   </x:si>
   <x:si>
     <x:t>1031/25</x:t>
   </x:si>
   <x:si>
     <x:t>Policia e Kosovës</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>Renovimi i stacionit policorë në Podujevë</x:t>
   </x:si>
   <x:si>
     <x:t>Kompania Prishtina SH.P.K.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -566,90 +569,90 @@
       </x:c>
       <x:c r="P1" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="Q1" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:18">
       <x:c r="A2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M2" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N2" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="O2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P2" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>Aktiviteti i prokurimit20102...</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Aktiviteti i prokurimit20102...!Print_Titles</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit23112...</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit23112...!Print_Area</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit23112...!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>