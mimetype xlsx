--- v1 (2025-11-23)
+++ v2 (2026-01-22)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46968fb921b489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dfea43a9220491e8fd3506c2310de58.psmdcp" Id="R353b205113374161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5399b51fa3c74033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e6409e51eb04a4fa5bee616c95cb53a.psmdcp" Id="R9c43f5fec16749fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Aktiviteti i prokurimit23112..." sheetId="2" r:id="rId2"/>
+    <x:sheet name="Aktiviteti i prokurimit22012..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Numri Prokurimit</x:t>
   </x:si>
   <x:si>
     <x:t>Nr i Protokolit</x:t>
   </x:si>
   <x:si>
     <x:t>Autoritetet kontraktuese</x:t>
   </x:si>
   <x:si>
     <x:t>Përshkrimi i mbajtjes se seances</x:t>
   </x:si>
   <x:si>
     <x:t>Data e mbajtjes së seancës</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit me ekspertizë për AK dhe OE</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i AK</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i OE</x:t>
   </x:si>
   <x:si>
@@ -78,50 +78,53 @@
     <x:t>Data e njoftimit të AK-së me ankesën</x:t>
   </x:si>
   <x:si>
     <x:t>OE Ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Operatori ekonomik ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Teksti kryesor i ankesës</x:t>
   </x:si>
   <x:si>
     <x:t>214-25-4312-5-1-1</x:t>
   </x:si>
   <x:si>
     <x:t>1031/25</x:t>
   </x:si>
   <x:si>
     <x:t>Policia e Kosovës</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>Renovimi i stacionit policorë në Podujevë</x:t>
   </x:si>
   <x:si>
     <x:t>Kompania Prishtina SH.P.K.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -572,87 +575,87 @@
       </x:c>
       <x:c r="Q1" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:18">
       <x:c r="A2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="M2" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="M2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N2" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P2" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>Aktiviteti i prokurimit23112...</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Aktiviteti i prokurimit23112...!Print_Titles</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit22012...</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit22012...!Print_Area</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit22012...!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>