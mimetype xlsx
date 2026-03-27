--- v0 (2026-01-22)
+++ v1 (2026-03-27)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cb2f1344944bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb3d2e3f4a5c43ed8f2a1c6185811856.psmdcp" Id="Ra4879c430ed54ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7886baa31e24dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b256e72a7afa4a309ed576860608347e.psmdcp" Id="Rf40ec657f500410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Aktiviteti i prokurimit22012..." sheetId="2" r:id="rId2"/>
+    <x:sheet name="Aktiviteti i prokurimit27032..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Numri Prokurimit</x:t>
   </x:si>
   <x:si>
     <x:t>Nr i Protokolit</x:t>
   </x:si>
   <x:si>
     <x:t>Autoritetet kontraktuese</x:t>
   </x:si>
   <x:si>
     <x:t>Përshkrimi i mbajtjes se seances</x:t>
   </x:si>
   <x:si>
     <x:t>Data e mbajtjes së seancës</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit me ekspertizë për AK dhe OE</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i AK</x:t>
   </x:si>
   <x:si>
     <x:t>Arsyetimi i OE</x:t>
   </x:si>
   <x:si>
@@ -78,50 +78,53 @@
     <x:t>Data e njoftimit të AK-së me ankesën</x:t>
   </x:si>
   <x:si>
     <x:t>OE Ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Operatori ekonomik ankues</x:t>
   </x:si>
   <x:si>
     <x:t>Teksti kryesor i ankesës</x:t>
   </x:si>
   <x:si>
     <x:t>214-25-8322-2-1-1</x:t>
   </x:si>
   <x:si>
     <x:t>1248/25</x:t>
   </x:si>
   <x:si>
     <x:t>Policia e Kosovës</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>Shërbimet me Ushqim (Furnizim, Përgatitje dhe Servim) për nevojat e PK-se</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Beni Dona Plast Sh.p.k</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -575,87 +578,87 @@
       </x:c>
       <x:c r="Q1" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:18">
       <x:c r="A2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="M2" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="M2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N2" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O2" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P2" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>Aktiviteti i prokurimit22012...</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Aktiviteti i prokurimit22012...!Print_Titles</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit27032...</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit27032...!Print_Area</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit27032...!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>