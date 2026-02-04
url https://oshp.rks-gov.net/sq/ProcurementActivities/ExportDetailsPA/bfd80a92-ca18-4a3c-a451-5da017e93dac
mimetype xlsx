--- v0 (2025-10-17)
+++ v1 (2026-02-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbac86ebd1c14fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5d5788d95424e1e821bb940dd47da1e.psmdcp" Id="R35924c25758147bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48119d1e2219464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8885eff7f0664cb2a42515cd1f0f5112.psmdcp" Id="R6e40a24043ab4c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Aktiviteti i prokurimit17102..." sheetId="2" r:id="rId2"/>
+    <x:sheet name="Aktiviteti i prokurimit04022..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Numri Prokurimit</x:t>
   </x:si>
   <x:si>
     <x:t>Nr i Protokolit</x:t>
   </x:si>
   <x:si>
     <x:t>Autoritetet kontraktuese</x:t>
   </x:si>
   <x:si>
     <x:t>Përshkrimi i mbajtjes se seances</x:t>
   </x:si>
   <x:si>
     <x:t>Data e mbajtjes së seancës</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit me ekspertizë për AK dhe OE</x:t>
@@ -633,32 +633,32 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>Aktiviteti i prokurimit17102...</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Aktiviteti i prokurimit17102...!Print_Titles</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit04022...</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit04022...!Print_Area</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit04022...!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>