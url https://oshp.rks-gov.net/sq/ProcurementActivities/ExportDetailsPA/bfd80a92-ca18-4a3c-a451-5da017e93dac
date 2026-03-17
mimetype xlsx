--- v1 (2026-02-04)
+++ v2 (2026-03-17)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48119d1e2219464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8885eff7f0664cb2a42515cd1f0f5112.psmdcp" Id="R6e40a24043ab4c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e6a63001104950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4a29e831faf40809396445d478ae2f1.psmdcp" Id="R0858e21f796b4901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Aktiviteti i prokurimit04022..." sheetId="2" r:id="rId2"/>
+    <x:sheet name="Aktiviteti i prokurimit17032..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Numri Prokurimit</x:t>
   </x:si>
   <x:si>
     <x:t>Nr i Protokolit</x:t>
   </x:si>
   <x:si>
     <x:t>Autoritetet kontraktuese</x:t>
   </x:si>
   <x:si>
     <x:t>Përshkrimi i mbajtjes se seances</x:t>
   </x:si>
   <x:si>
     <x:t>Data e mbajtjes së seancës</x:t>
   </x:si>
   <x:si>
     <x:t>Data e njoftimit me ekspertizë për AK dhe OE</x:t>
@@ -633,32 +633,32 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>Aktiviteti i prokurimit04022...</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Aktiviteti i prokurimit04022...!Print_Titles</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit17032...</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit17032...!Print_Area</vt:lpstr>
+      <vt:lpstr>Aktiviteti i prokurimit17032...!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>